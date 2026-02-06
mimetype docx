--- v0 (2025-10-23)
+++ v1 (2026-02-06)
@@ -2,163 +2,163 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="7AA5C107" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VILNIAUS DARŽELIS-MOKYKLA „LOKIUKAS“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA5C108" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VEIKLOS PRIEMONIŲ PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA9A77B" w14:textId="0C79A829" w:rsidR="00DF0B0B" w:rsidRDefault="00CA2261" w:rsidP="00C547AC">
+    <w:p w14:paraId="749784E6" w14:textId="77777777" w:rsidR="00840001" w:rsidRDefault="00840001" w:rsidP="00C547AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C68933" w14:textId="4BD63AB8" w:rsidR="00414146" w:rsidRPr="00CA2261" w:rsidRDefault="00CA2261" w:rsidP="00C547AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="004A69A7">
+      <w:r w:rsidR="00840001">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009B64D5" w:rsidRPr="00CA2261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C547AC" w:rsidRPr="00CA2261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m. rugsėjo mėn.</w:t>
       </w:r>
       <w:r w:rsidR="002F632C" w:rsidRPr="00CA2261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C68933" w14:textId="77777777" w:rsidR="00414146" w:rsidRPr="00CA2261" w:rsidRDefault="00414146" w:rsidP="00C547AC">
-[...10 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="10296" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="576"/>
         <w:gridCol w:w="1677"/>
         <w:gridCol w:w="4830"/>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="3107"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA2261" w:rsidRPr="00CA2261" w14:paraId="7AA5C10E" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:trPr>
           <w:trHeight w:val="862"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C10A" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -335,67 +335,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kiekvieną pirmadienį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C113" w14:textId="07319D8B" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00E2708C" w:rsidP="00C547AC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Direkciniai</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> pasitarimai.</w:t>
+              <w:t>Direkciniai pasitarimai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C114" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -539,99 +529,99 @@
           <w:p w14:paraId="7AA5C11C" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00B25FA9" w:rsidP="00C547AC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rugsėjis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C11D" w14:textId="6A77AD6E" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00183A0C">
+          <w:p w14:paraId="7AA5C11D" w14:textId="03CF2A18" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00183A0C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-54" w:right="-66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokytojų tarifikacijos ir dokumentų paruošimas </w:t>
             </w:r>
             <w:r w:rsidR="003B77BF" w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="004A69A7">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="005167BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00183A0C" w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="004A69A7">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="005167BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  m. m. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C11E" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-52" w:right="-55"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -677,101 +667,101 @@
           <w:p w14:paraId="7AA5C121" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00B25FA9" w:rsidP="00C547AC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rugsėjis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C122" w14:textId="1A9310F2" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
+          <w:p w14:paraId="7AA5C122" w14:textId="35EF138A" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
             <w:pPr>
               <w:pStyle w:val="prastasiniatinklio"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="-54" w:right="-66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokyklos vaiko gerovės komisijos veiklos</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00183A0C" w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="004A69A7">
+            <w:r w:rsidR="005167BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00183A0C" w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>–202</w:t>
             </w:r>
-            <w:r w:rsidR="004A69A7">
+            <w:r w:rsidR="005167BD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. m. planavimas: Veiklos plano parengimas, naujo Darbo reglamento parengimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C123" w14:textId="77777777" w:rsidR="00C547AC" w:rsidRPr="00CA2261" w:rsidRDefault="00C547AC" w:rsidP="00C547AC">
             <w:pPr>
               <w:pStyle w:val="prastasiniatinklio"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="-52" w:right="-55"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
@@ -812,113 +802,85 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74FA296D" w14:textId="77777777" w:rsidR="004E7F44" w:rsidRPr="00B81EEB" w:rsidRDefault="004E7F44" w:rsidP="004E7F44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4 d. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AA5C127" w14:textId="1306266D" w:rsidR="004E7F44" w:rsidRPr="00B81EEB" w:rsidRDefault="004E7F44" w:rsidP="004E7F44">
+          <w:p w14:paraId="7AA5C127" w14:textId="2FCD617C" w:rsidR="004E7F44" w:rsidRPr="00B81EEB" w:rsidRDefault="004E7F44" w:rsidP="004E7F44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B81EEB">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C128" w14:textId="3CE17CFD" w:rsidR="004E7F44" w:rsidRPr="00B81EEB" w:rsidRDefault="00B81EEB" w:rsidP="004E7F44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Darželio grupės „</w:t>
-[...19 lines deleted...]
-              <w:t>“ tėvų susirinkimas.</w:t>
+              <w:t>Darželio grupės „Kodėlčiukai“ tėvų susirinkimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6999A733" w14:textId="77777777" w:rsidR="004E7F44" w:rsidRPr="00B81EEB" w:rsidRDefault="00B81EEB" w:rsidP="004E7F44">
             <w:pPr>
               <w:pStyle w:val="prastasiniatinklio"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="-52" w:right="-55"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Jelena Bazdyreva</w:t>
             </w:r>
           </w:p>
@@ -987,68 +949,60 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00EB4528" w:rsidRPr="00EB4528">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB4528">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> d.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AA5C12E" w14:textId="5716D764" w:rsidR="00EB4528" w:rsidRPr="00EB4528" w:rsidRDefault="00EB4528" w:rsidP="00E75150">
+          <w:p w14:paraId="7AA5C12E" w14:textId="15758A0B" w:rsidR="00EB4528" w:rsidRPr="00EB4528" w:rsidRDefault="00EB4528" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB4528">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C12F" w14:textId="06BE2EB3" w:rsidR="00E75150" w:rsidRPr="00EB4528" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4528">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darželio grupės „</w:t>
@@ -1073,93 +1027,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45FEF32F" w14:textId="77777777" w:rsidR="00EB4528" w:rsidRPr="00EB4528" w:rsidRDefault="00EB4528" w:rsidP="00EB4528">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4528">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ivona </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ivona Derugo</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7AA5C131" w14:textId="5683A73F" w:rsidR="00912ED7" w:rsidRPr="00EB4528" w:rsidRDefault="00EB4528" w:rsidP="00EB4528">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB4528">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beata </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Beata Aliošina</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE14FA" w:rsidRPr="00DE14FA" w14:paraId="1C7530AA" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A89A30" w14:textId="77777777" w:rsidR="00750A47" w:rsidRPr="00DE14FA" w:rsidRDefault="00750A47" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
@@ -1253,93 +1187,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73F33179" w14:textId="77777777" w:rsidR="00750A47" w:rsidRPr="00DE14FA" w:rsidRDefault="00750A47" w:rsidP="00E75150">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE14FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tatjana </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Tatjana Kornejeva</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2A0BA993" w14:textId="495EFE14" w:rsidR="00750A47" w:rsidRPr="00DE14FA" w:rsidRDefault="00750A47" w:rsidP="00E75150">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE14FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Irena </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Irena Petrovskaja</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA2261" w:rsidRPr="00CA2261" w14:paraId="7AA5C13B" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C13A" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -1713,67 +1627,67 @@
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C142" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C143" w14:textId="4FC3F419" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00971839" w:rsidP="00E75150">
+          <w:p w14:paraId="7AA5C143" w14:textId="57EFA501" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="005167BD" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="00E75150" w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AA5C144" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
@@ -1862,53 +1776,53 @@
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>III. Renginiai, konkursai, varžybos, olimpiados:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2261" w:rsidRPr="00CA2261" w14:paraId="7AA5C160" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00CA2261" w:rsidRPr="00CA2261" w14:paraId="7AA5C160" w14:textId="77777777" w:rsidTr="00DA3EB7">
         <w:trPr>
-          <w:trHeight w:val="985"/>
+          <w:trHeight w:val="636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C156" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1930,50 +1844,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AA5C15B" w14:textId="6869420F" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.00 val.</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7AA5C15C" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokslo ir žinių diena.</w:t>
             </w:r>
           </w:p>
@@ -1981,3001 +1897,2048 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50DA8362" w14:textId="77777777" w:rsidR="00971839" w:rsidRDefault="00E75150" w:rsidP="00971839">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tatjana Suprunovič</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AA5C15E" w14:textId="0A1A9574" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00971839" w:rsidP="00E75150">
+          <w:p w14:paraId="7AA5C15F" w14:textId="03ED3138" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00971839" w:rsidP="00DA3EB7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Viktoriia Linchuk</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AA5C15F" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="00CA2261" w:rsidRDefault="00E75150" w:rsidP="00E75150">
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000712EA" w:rsidRPr="000712EA" w14:paraId="7AA5C166" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00CA2261" w:rsidRPr="00CA2261" w14:paraId="7EBC3FE2" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C161" w14:textId="77777777" w:rsidR="00E75150" w:rsidRPr="000712EA" w:rsidRDefault="00E75150" w:rsidP="00E75150">
+          <w:p w14:paraId="696A5343" w14:textId="77777777" w:rsidR="00912ED7" w:rsidRPr="00CA2261" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13E73077" w14:textId="651751A5" w:rsidR="00E75150" w:rsidRPr="000712EA" w:rsidRDefault="000712EA" w:rsidP="00E75150">
+          <w:p w14:paraId="2F0915AC" w14:textId="1F0797FF" w:rsidR="00912ED7" w:rsidRPr="00BB6418" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000712EA">
-[...48 lines deleted...]
-              <w:t>0 val.</w:t>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C163" w14:textId="123A3943" w:rsidR="00E75150" w:rsidRPr="000712EA" w:rsidRDefault="000712EA" w:rsidP="00E75150">
+          <w:p w14:paraId="0A912348" w14:textId="4873F6D1" w:rsidR="00912ED7" w:rsidRPr="00BB6418" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000712EA">
+            <w:r w:rsidRPr="00BB6418">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...8 lines deleted...]
-              <w:t>B klasės išvyka į Karolinos boulingą.</w:t>
+              <w:t>Priešmokyklinio ugdymo grupėje „Gudručiai“ foto paroda „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Mano vasaros įspūdžiai"</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA2261" w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C165" w14:textId="4ED156EC" w:rsidR="00E75150" w:rsidRPr="000712EA" w:rsidRDefault="00E75150" w:rsidP="00E75150">
+          <w:p w14:paraId="12DDB265" w14:textId="77777777" w:rsidR="00912ED7" w:rsidRPr="00BB6418" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000712EA">
-[...5 lines deleted...]
-              <w:t>Irina Mackevič</w:t>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Natalija Sudilovskaja</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0332AE" w14:textId="35C8A491" w:rsidR="00912ED7" w:rsidRPr="00BB6418" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oksana Borodina</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2261" w:rsidRPr="00CA2261" w14:paraId="7EBC3FE2" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w14:paraId="5ECAEE8D" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="696A5343" w14:textId="77777777" w:rsidR="00912ED7" w:rsidRPr="00CA2261" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
+          <w:p w14:paraId="50C32EF0" w14:textId="77777777" w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w:rsidRDefault="00D75AB6" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0915AC" w14:textId="1F0797FF" w:rsidR="00912ED7" w:rsidRPr="00CA2261" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
+          <w:p w14:paraId="6AEC95C9" w14:textId="4AF8BEBD" w:rsidR="00D75AB6" w:rsidRPr="00BB6418" w:rsidRDefault="00D75AB6" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
-[...5 lines deleted...]
-              <w:t>1-4 d.</w:t>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A912348" w14:textId="4873F6D1" w:rsidR="00912ED7" w:rsidRPr="00CA2261" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
+          <w:p w14:paraId="113B2FBE" w14:textId="3E57DC22" w:rsidR="00D75AB6" w:rsidRPr="00BB6418" w:rsidRDefault="00BB6418" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00BB6418">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Priešmokyklinio ugdymo grupėje „Gudručiai“ foto paroda „</w:t>
-[...15 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B55332" w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A kl. mokinių </w:t>
+            </w:r>
+            <w:r w:rsidR="007A6537" w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vasaros gimtadienių šventimas klasėje</w:t>
+            </w:r>
+            <w:r w:rsidR="00B55332" w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12DDB265" w14:textId="77777777" w:rsidR="00912ED7" w:rsidRPr="00CA2261" w:rsidRDefault="00912ED7" w:rsidP="00E75150">
+          <w:p w14:paraId="26A338E8" w14:textId="0EC0031A" w:rsidR="00D75AB6" w:rsidRPr="00BB6418" w:rsidRDefault="009B0D90" w:rsidP="00E75150">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ekaterina Zhicovachik</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w14:paraId="5ECAEE8D" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00602F5A" w:rsidRPr="00D01DE0" w14:paraId="79908C72" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C32EF0" w14:textId="77777777" w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w:rsidRDefault="00D75AB6" w:rsidP="00E75150">
+          <w:p w14:paraId="5DADD6B6" w14:textId="77777777" w:rsidR="00602F5A" w:rsidRPr="00D01DE0" w:rsidRDefault="00602F5A" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEC95C9" w14:textId="4AF8BEBD" w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w:rsidRDefault="00D75AB6" w:rsidP="00E75150">
+          <w:p w14:paraId="2D9C46EE" w14:textId="77777777" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B0D90">
-[...5 lines deleted...]
-              <w:t>4 d.</w:t>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7112F6C1" w14:textId="582211BC" w:rsidR="00761D7A" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00E75150">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.45 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="113B2FBE" w14:textId="489EBF9D" w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w:rsidRDefault="00B55332" w:rsidP="00E75150">
+          <w:p w14:paraId="7F9146DE" w14:textId="306C76D2" w:rsidR="00602F5A" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...28 lines deleted...]
-              <w:t>.</w:t>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4 A klasės mokinių išvyka į Karolinos boulingą</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adresu Sausio 13-osios g. 2, Vilnius.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26A338E8" w14:textId="0EC0031A" w:rsidR="00D75AB6" w:rsidRPr="009B0D90" w:rsidRDefault="009B0D90" w:rsidP="00E75150">
+          <w:p w14:paraId="0FC9F674" w14:textId="77777777" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00E75150">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B0D90">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Renata Slabadienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03589D20" w14:textId="5AE4F4E8" w:rsidR="00602F5A" w:rsidRPr="00D01DE0" w:rsidRDefault="00DA3EB7" w:rsidP="00E75150">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Regina C</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01DE0" w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eplinskaja</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00602F5A" w:rsidRPr="00CA2261" w14:paraId="79908C72" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w14:paraId="17E38FF5" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DADD6B6" w14:textId="77777777" w:rsidR="00602F5A" w:rsidRPr="00CA2261" w:rsidRDefault="00602F5A" w:rsidP="00E75150">
+          <w:p w14:paraId="6E2342A2" w14:textId="77777777" w:rsidR="00D914A6" w:rsidRPr="00D01DE0" w:rsidRDefault="00D914A6" w:rsidP="00E75150">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B4E471" w14:textId="5A850029" w:rsidR="00602F5A" w:rsidRDefault="00166FAC" w:rsidP="00E75150">
+          <w:p w14:paraId="59C0337E" w14:textId="2BBF4D38" w:rsidR="00D914A6" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00E75150">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-              <w:t>10 val.</w:t>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00D914A6" w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9146DE" w14:textId="402AD662" w:rsidR="00602F5A" w:rsidRPr="00CA2261" w:rsidRDefault="00761D7A" w:rsidP="00761D7A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3D843F51" w14:textId="318E1F21" w:rsidR="00D914A6" w:rsidRPr="00D01DE0" w:rsidRDefault="00824030" w:rsidP="00824030">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...52 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Priešmokyklinio ugdymo grupės „Gudručiai“ ugdytinių ekskursija į „Kukurūzų labirintą“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03589D20" w14:textId="501305A7" w:rsidR="00602F5A" w:rsidRPr="00CA2261" w:rsidRDefault="00761D7A" w:rsidP="00E75150">
+          <w:p w14:paraId="4FDF12EF" w14:textId="77777777" w:rsidR="00824030" w:rsidRPr="00D01DE0" w:rsidRDefault="00824030" w:rsidP="00824030">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Jelena Živajeva</w:t>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Natalija Sudilovskaja</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157DD866" w14:textId="3BE648E5" w:rsidR="00D914A6" w:rsidRPr="00D01DE0" w:rsidRDefault="00824030" w:rsidP="00824030">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oksana Borodina</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00166FAC" w:rsidRPr="00CA2261" w14:paraId="3C24503A" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00D01DE0" w:rsidRPr="00CA2261" w14:paraId="184591F3" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A78CFCB" w14:textId="77777777" w:rsidR="00166FAC" w:rsidRPr="00CA2261" w:rsidRDefault="00166FAC" w:rsidP="00E75150">
+          <w:p w14:paraId="368D8FEB" w14:textId="77777777" w:rsidR="00D01DE0" w:rsidRPr="00CA2261" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C87058" w14:textId="7352E3AE" w:rsidR="00166FAC" w:rsidRDefault="00166FAC" w:rsidP="00E75150">
+          <w:p w14:paraId="6FD704BB" w14:textId="3F35CD2E" w:rsidR="00D01DE0" w:rsidRPr="00BB6418" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">6 d. </w:t>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8AB264" w14:textId="3B87544A" w:rsidR="00166FAC" w:rsidRPr="00BD4A7F" w:rsidRDefault="00686B0B" w:rsidP="00761D7A">
+          <w:p w14:paraId="26DD7C63" w14:textId="2A64018E" w:rsidR="00D01DE0" w:rsidRPr="00BB6418" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 A klasės mokinių išvyka</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> į </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pelėdų parką adresu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miško g. 18, Rudamina, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vilniaus raj.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16EA78AD" w14:textId="5A2D6137" w:rsidR="00166FAC" w:rsidRDefault="000701E9" w:rsidP="00E75150">
+          <w:p w14:paraId="5FBCDA88" w14:textId="77777777" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Valia Makevič</w:t>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ekaterina Zhicovachik</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F99E96" w14:textId="6B1883B9" w:rsidR="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Violeta Čiumakova</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00380B06" w:rsidRPr="00CA2261" w14:paraId="5F7E959D" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00D01DE0" w:rsidRPr="00CA2261" w14:paraId="7F1254D2" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D603E20" w14:textId="77777777" w:rsidR="00380B06" w:rsidRPr="00CA2261" w:rsidRDefault="00380B06" w:rsidP="00E75150">
+          <w:p w14:paraId="225955CA" w14:textId="255E9BD7" w:rsidR="00D01DE0" w:rsidRPr="00CA2261" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="003C2373" w14:textId="7BD163AC" w:rsidR="00380B06" w:rsidRDefault="00380B06" w:rsidP="00E75150">
+          <w:p w14:paraId="4AACCEF6" w14:textId="77777777" w:rsidR="00D01DE0" w:rsidRPr="00BB6418" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583CE2B3" w14:textId="446B5D01" w:rsidR="00D01DE0" w:rsidRPr="00BB6418" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1E28B3BE" w14:textId="7743B5D6" w:rsidR="00380B06" w:rsidRPr="00BD4A7F" w:rsidRDefault="00380B06" w:rsidP="00761D7A">
+          <w:p w14:paraId="32D1CF56" w14:textId="628C8689" w:rsidR="00D01DE0" w:rsidRPr="00BB6418" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6418">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...75 lines deleted...]
-              <w:t>Vilniaus raj.</w:t>
+              <w:t xml:space="preserve">4 B klasės </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokinių šventė „Arbuznikas“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35E0C4A9" w14:textId="77777777" w:rsidR="00380B06" w:rsidRDefault="00DE50B4" w:rsidP="00E75150">
+          <w:p w14:paraId="360BD5B5" w14:textId="71B41A37" w:rsidR="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...58 lines deleted...]
-              <w:t>Viktoriia Linchuk</w:t>
+            <w:r w:rsidRPr="00BB6418">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Liliana Jefimova</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2939" w:rsidRPr="00CA2261" w14:paraId="7A16404B" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00923C07" w:rsidRPr="00CA2261" w14:paraId="7A8E85C9" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB8B9A9" w14:textId="77777777" w:rsidR="005D2939" w:rsidRPr="00CA2261" w:rsidRDefault="005D2939" w:rsidP="00E75150">
+          <w:p w14:paraId="1398DFFB" w14:textId="77777777" w:rsidR="00923C07" w:rsidRPr="00CA2261" w:rsidRDefault="00923C07" w:rsidP="00D01DE0">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05B77F9C" w14:textId="3354DCA3" w:rsidR="005D2939" w:rsidRDefault="005D2939" w:rsidP="00E75150">
+          <w:p w14:paraId="6AD55994" w14:textId="28E6E68D" w:rsidR="00923C07" w:rsidRPr="00BB6418" w:rsidRDefault="00923C07" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10 d.</w:t>
+              <w:t xml:space="preserve">18 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA736D8" w14:textId="6BB2B574" w:rsidR="005D2939" w:rsidRPr="00602F5A" w:rsidRDefault="00B0124A" w:rsidP="00B0124A">
+          <w:p w14:paraId="15DA61DA" w14:textId="3A593214" w:rsidR="00923C07" w:rsidRPr="00BB6418" w:rsidRDefault="00923C07" w:rsidP="00923C07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3B kl. išvyka į Trakus</w:t>
-[...85 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">1 A ir 1 B kl. mokinių susitikimas su </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Vilniaus miesto 5-ojo policijos komisariato bendruomenės pareigūnės.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EFFEFF" w14:textId="6606798A" w:rsidR="005D2939" w:rsidRDefault="00B0124A" w:rsidP="00E75150">
+          <w:p w14:paraId="1A426575" w14:textId="77777777" w:rsidR="00923C07" w:rsidRDefault="00923C07" w:rsidP="00D01DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Liliana Jefimova</w:t>
+              <w:t>Irina Mackevič</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75E8AF00" w14:textId="5D308B9F" w:rsidR="00923C07" w:rsidRPr="00BB6418" w:rsidRDefault="00923C07" w:rsidP="00D01DE0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jelena Živajeva</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D914A6" w:rsidRPr="00CA2261" w14:paraId="17E38FF5" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w14:paraId="1587E3EE" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2342A2" w14:textId="77777777" w:rsidR="00D914A6" w:rsidRPr="00CA2261" w:rsidRDefault="00D914A6" w:rsidP="00E75150">
+          <w:p w14:paraId="1294E10E" w14:textId="4E8FE40F" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C0337E" w14:textId="320AA20F" w:rsidR="00D914A6" w:rsidRDefault="00D914A6" w:rsidP="00E75150">
+          <w:p w14:paraId="748A9E8A" w14:textId="3843EF36" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">17 d. </w:t>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D843F51" w14:textId="318E1F21" w:rsidR="00D914A6" w:rsidRPr="00824030" w:rsidRDefault="00824030" w:rsidP="00824030">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00CA2261">
+          <w:p w14:paraId="04F106C7" w14:textId="2DBE8498" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Priešmokyklinio ugdymo grupė</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 B klasės mokinių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...26 lines deleted...]
-              <w:t>ekskursija į „Kukurūzų labirintą“.</w:t>
+              <w:t xml:space="preserve">išvyka </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>į Šilauogių ir levandų ūkį.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDF12EF" w14:textId="77777777" w:rsidR="00824030" w:rsidRPr="00CA2261" w:rsidRDefault="00824030" w:rsidP="00824030">
+          <w:p w14:paraId="1E4C15E1" w14:textId="77777777" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
-[...18 lines deleted...]
-          <w:p w14:paraId="157DD866" w14:textId="3BE648E5" w:rsidR="00D914A6" w:rsidRDefault="00824030" w:rsidP="00824030">
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Valia Makevič</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9DB079" w14:textId="74B13D77" w:rsidR="00D01DE0" w:rsidRPr="00D01DE0" w:rsidRDefault="00D01DE0" w:rsidP="00D01DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Olga Leonovič</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE50B4" w:rsidRPr="00CA2261" w14:paraId="184591F3" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00CE22BA" w:rsidRPr="00CE22BA" w14:paraId="601DA9FC" w14:textId="77777777" w:rsidTr="00751297">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368D8FEB" w14:textId="77777777" w:rsidR="00DE50B4" w:rsidRPr="00CA2261" w:rsidRDefault="00DE50B4" w:rsidP="00E75150">
+          <w:p w14:paraId="4E9080CE" w14:textId="724258EB" w:rsidR="00CE22BA" w:rsidRPr="00CE22BA" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6FD704BB" w14:textId="177FB75F" w:rsidR="00DE50B4" w:rsidRDefault="00DE50B4" w:rsidP="00E75150">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AA4E7B" w14:textId="71BCA993" w:rsidR="00CE22BA" w:rsidRPr="00CE22BA" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">19 d. </w:t>
+            <w:r w:rsidRPr="00CE22BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="26DD7C63" w14:textId="4FB69B12" w:rsidR="00DE50B4" w:rsidRDefault="00DE50B4" w:rsidP="00B0124A">
-[...63 lines deleted...]
-              <w:t>“.</w:t>
+          <w:p w14:paraId="589190E2" w14:textId="7E098FF3" w:rsidR="00CE22BA" w:rsidRPr="00CE22BA" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE22BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darželio ugdytinių dalyvavimas sporto dienoje pagal tarptautinį projektą „Europos mokyklų sporto diena“ 2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19F99E96" w14:textId="2C7466B6" w:rsidR="00DE50B4" w:rsidRDefault="00DE50B4" w:rsidP="00DE50B4">
+          <w:p w14:paraId="67B073B4" w14:textId="77777777" w:rsidR="00CE22BA" w:rsidRPr="00CE22BA" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE22BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darželio mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="637023E3" w14:textId="21631C53" w:rsidR="00CE22BA" w:rsidRPr="00CE22BA" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Tatjana Kovalevskaja</w:t>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE22BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ralan Zanevskij</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B0D90" w:rsidRPr="00CA2261" w14:paraId="7F1254D2" w14:textId="77777777" w:rsidTr="11530AC3">
-[...862 lines deleted...]
-      <w:tr w:rsidR="00E6033A" w:rsidRPr="00CA2261" w14:paraId="7AA5C17B" w14:textId="77777777" w:rsidTr="11530AC3">
+      <w:tr w:rsidR="00CE22BA" w:rsidRPr="00CA2261" w14:paraId="7AA5C17B" w14:textId="77777777" w:rsidTr="11530AC3">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA5C17A" w14:textId="62643B13" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="7AA5C17A" w14:textId="58391839" w:rsidR="00CE22BA" w:rsidRPr="00BB6418" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA2261">
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IV. Projektai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E6033A" w:rsidRPr="00CA2261" w14:paraId="51729F4A" w14:textId="0B8DE677" w:rsidTr="0045450B">
+      <w:tr w:rsidR="00CE22BA" w:rsidRPr="002C1D72" w14:paraId="51729F4A" w14:textId="0B8DE677" w:rsidTr="00751297">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080C0D9B" w14:textId="13D85C14" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="080C0D9B" w14:textId="2321E745" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCF12CF" w14:textId="1EA12756" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="5DCF12CF" w14:textId="1EA12756" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rugsėjis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C117626" w14:textId="092B344B" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="6C117626" w14:textId="092B344B" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Metinis projektas „Emocijos ant delno“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3213" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74EE7FAB" w14:textId="2B3BE8BA" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="74EE7FAB" w14:textId="61DE2AEE" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00840001">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darželio mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E6033A" w:rsidRPr="00CA2261" w14:paraId="198E00D0" w14:textId="77777777" w:rsidTr="0045450B">
+      <w:tr w:rsidR="00840001" w:rsidRPr="00D01DE0" w14:paraId="10CBFEBB" w14:textId="77777777" w:rsidTr="00751297">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E10B40A" w14:textId="77777777" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="035AF552" w14:textId="77777777" w:rsidR="00840001" w:rsidRDefault="00840001" w:rsidP="00CE22BA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71D7CCE8" w14:textId="0D050EF0" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="53820E73" w14:textId="2DE7C54E" w:rsidR="00840001" w:rsidRPr="00D01DE0" w:rsidRDefault="00840001" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rugsėjis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDCC1FC" w14:textId="161AC78F" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="3F712C71" w14:textId="351A7BC4" w:rsidR="00840001" w:rsidRPr="00840001" w:rsidRDefault="00840001" w:rsidP="00840001">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rStyle w:val="Grietas"/>
-[...4 lines deleted...]
-                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
-[...6 lines deleted...]
-                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:r w:rsidRPr="00840001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matematikos projektas „Šiuolaikiškas matematinių gebėjimų ugdymas ir pažangos stebėsena". </w:t>
+              <w:t xml:space="preserve">Anglų kalbos pamokos </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="https://www.opiq.lt/Catalog" w:history="1">
+              <w:r w:rsidRPr="00840001">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaitas"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Opiq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:tooltip="https://www.opiq.lt/Catalog" w:history="1">
+              <w:r w:rsidRPr="00840001">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaitas"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00840001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokymosi platformoje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3213" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="760ADB5A" w14:textId="1C667F89" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="1EFFD140" w14:textId="77777777" w:rsidR="00840001" w:rsidRDefault="00840001" w:rsidP="00840001">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Irina Tumenienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C2BCA5" w14:textId="49E4E5FE" w:rsidR="00840001" w:rsidRPr="00D01DE0" w:rsidRDefault="00840001" w:rsidP="00840001">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nela Trukšina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w14:paraId="198E00D0" w14:textId="77777777" w:rsidTr="00751297">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E10B40A" w14:textId="1C7C2683" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D7CCE8" w14:textId="0D050EF0" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>Rugsėjis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDCC1FC" w14:textId="161AC78F" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matematikos projektas „Šiuolaikiškas matematinių gebėjimų ugdymas ir pažangos stebėsena". </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="760ADB5A" w14:textId="2D0E666D" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00840001">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="2799"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D01DE0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Pradinių klasių mokytoj</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E6033A" w:rsidRPr="00CA2261" w14:paraId="73235861" w14:textId="77777777" w:rsidTr="0045450B">
+      <w:tr w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w14:paraId="73235861" w14:textId="77777777" w:rsidTr="00751297">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D681210" w14:textId="3D2640BB" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="0D681210" w14:textId="3468A1A7" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C899D84" w14:textId="6D14B325" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="6C899D84" w14:textId="6D14B325" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rugsėjis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="766CC982" w14:textId="0DD9CB36" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="766CC982" w14:textId="0DD9CB36" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00CE22BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pamokos pagal projektą „Mokyklų aprūpinimas gamtos ir technologinių mokslų priemonėmis“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3213" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4843FBE5" w14:textId="47A20F6A" w:rsidR="00E6033A" w:rsidRPr="00CA2261" w:rsidRDefault="00E6033A" w:rsidP="00E6033A">
+          <w:p w14:paraId="4843FBE5" w14:textId="5F7F5EE7" w:rsidR="00CE22BA" w:rsidRPr="00D01DE0" w:rsidRDefault="00CE22BA" w:rsidP="00840001">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2799"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pradinių klasių mokytoj</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2261">
+            <w:r w:rsidRPr="00D01DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7AA5C181" w14:textId="77777777" w:rsidR="002C3595" w:rsidRPr="00CA2261" w:rsidRDefault="002C3595" w:rsidP="00C46B56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54E5E63E" w14:textId="77777777" w:rsidR="004E7F44" w:rsidRPr="00CA2261" w:rsidRDefault="004E7F44" w:rsidP="00C46B56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004E7F44" w:rsidRPr="00CA2261" w:rsidSect="00C46B56">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="284" w:right="1440" w:bottom="284" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="006D779C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE94B300"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5407,227 +4370,232 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1489176228">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="746921657">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="277152441">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="729963806">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00575AD3"/>
     <w:rsid w:val="000701E9"/>
     <w:rsid w:val="000712EA"/>
     <w:rsid w:val="00126282"/>
     <w:rsid w:val="001277B2"/>
     <w:rsid w:val="00137DB7"/>
     <w:rsid w:val="001525F6"/>
     <w:rsid w:val="00166FAC"/>
     <w:rsid w:val="00183A0C"/>
     <w:rsid w:val="001941EE"/>
     <w:rsid w:val="00196D9F"/>
     <w:rsid w:val="001B51D5"/>
     <w:rsid w:val="001C24BD"/>
     <w:rsid w:val="001E149D"/>
     <w:rsid w:val="001F5BA2"/>
     <w:rsid w:val="00243368"/>
     <w:rsid w:val="00252F0F"/>
     <w:rsid w:val="00256664"/>
+    <w:rsid w:val="002C1D72"/>
     <w:rsid w:val="002C3595"/>
     <w:rsid w:val="002F632C"/>
     <w:rsid w:val="00310274"/>
     <w:rsid w:val="00380B06"/>
     <w:rsid w:val="00394CF7"/>
     <w:rsid w:val="003B77BF"/>
     <w:rsid w:val="003E04C6"/>
     <w:rsid w:val="003F15EC"/>
     <w:rsid w:val="003F4C20"/>
     <w:rsid w:val="00414146"/>
     <w:rsid w:val="00417204"/>
     <w:rsid w:val="00422699"/>
     <w:rsid w:val="004A57A2"/>
     <w:rsid w:val="004A69A7"/>
     <w:rsid w:val="004E7F44"/>
     <w:rsid w:val="004F30C6"/>
-    <w:rsid w:val="004F4429"/>
     <w:rsid w:val="00500997"/>
+    <w:rsid w:val="005167BD"/>
     <w:rsid w:val="005171E0"/>
     <w:rsid w:val="0055521B"/>
     <w:rsid w:val="005570A3"/>
     <w:rsid w:val="00575AD3"/>
     <w:rsid w:val="00586AFD"/>
     <w:rsid w:val="00594A59"/>
     <w:rsid w:val="005B38D8"/>
     <w:rsid w:val="005D2939"/>
     <w:rsid w:val="0060264B"/>
     <w:rsid w:val="00602F5A"/>
     <w:rsid w:val="00686B0B"/>
     <w:rsid w:val="006A01E7"/>
     <w:rsid w:val="006A1523"/>
     <w:rsid w:val="007005B7"/>
     <w:rsid w:val="00747370"/>
     <w:rsid w:val="00750A47"/>
+    <w:rsid w:val="00751297"/>
     <w:rsid w:val="00761D7A"/>
     <w:rsid w:val="00773449"/>
     <w:rsid w:val="00794DB4"/>
     <w:rsid w:val="007A6537"/>
     <w:rsid w:val="007D05B3"/>
     <w:rsid w:val="008010A3"/>
     <w:rsid w:val="00824030"/>
+    <w:rsid w:val="00840001"/>
     <w:rsid w:val="0084329E"/>
     <w:rsid w:val="00912ED7"/>
+    <w:rsid w:val="00923C07"/>
     <w:rsid w:val="00971839"/>
     <w:rsid w:val="009B0D90"/>
     <w:rsid w:val="009B64D5"/>
     <w:rsid w:val="00AA6D1A"/>
     <w:rsid w:val="00AB09A2"/>
     <w:rsid w:val="00B0124A"/>
     <w:rsid w:val="00B20A7B"/>
     <w:rsid w:val="00B221D2"/>
     <w:rsid w:val="00B25FA9"/>
     <w:rsid w:val="00B55332"/>
     <w:rsid w:val="00B81EEB"/>
     <w:rsid w:val="00BB1DDA"/>
+    <w:rsid w:val="00BB6418"/>
     <w:rsid w:val="00BD4A7F"/>
     <w:rsid w:val="00C23B2D"/>
     <w:rsid w:val="00C46B56"/>
     <w:rsid w:val="00C547AC"/>
     <w:rsid w:val="00CA2261"/>
+    <w:rsid w:val="00CE22BA"/>
     <w:rsid w:val="00CF1C08"/>
+    <w:rsid w:val="00D01DE0"/>
     <w:rsid w:val="00D75AB6"/>
     <w:rsid w:val="00D80D03"/>
     <w:rsid w:val="00D8429B"/>
     <w:rsid w:val="00D914A6"/>
     <w:rsid w:val="00DA39F3"/>
-    <w:rsid w:val="00DD297B"/>
+    <w:rsid w:val="00DA3EB7"/>
     <w:rsid w:val="00DE14FA"/>
     <w:rsid w:val="00DE50B4"/>
     <w:rsid w:val="00DE77C1"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00E2708C"/>
     <w:rsid w:val="00E6033A"/>
     <w:rsid w:val="00E75150"/>
     <w:rsid w:val="00E81770"/>
     <w:rsid w:val="00EB4528"/>
     <w:rsid w:val="00EC612D"/>
     <w:rsid w:val="00F95153"/>
     <w:rsid w:val="00FB284E"/>
     <w:rsid w:val="11530AC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7AA5C107"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{023E398A-AAAB-4B3A-B204-97E6CD43B3A0}"/>
+  <w15:docId w15:val="{98FAEF72-4FFF-47F9-8573-5E1F4C74D049}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5955,55 +4923,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C547AC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="Antrat3Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B25FA9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
@@ -6157,312 +5120,312 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="00E2708C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spellingerror">
     <w:name w:val="spellingerror"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="00E2708C"/>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00E2708C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="74978772">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="169638927">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="205064746">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="334383293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1699967601">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="398089912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="485780818">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="491800056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="655837533">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="964041495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1467551863">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1002315709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1267737564">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
         <w:div w:id="1033119849">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="516846915">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1162888637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1346437592">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="1847744954">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1451632379">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="964041495">
-[...50 lines deleted...]
-        </w:div>
         <w:div w:id="2118524137">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1858346583">
-              <w:marLeft w:val="0"/>
-[...102 lines deleted...]
-            <w:div w:id="1699967601">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="234362871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6551,50 +5514,104 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="989943174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="1152985209">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1590967862">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1643535662">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="60"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1257251101">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="dashed" w:sz="6" w:space="5" w:color="C2C2C2"/>
+                        <w:left w:val="dashed" w:sz="6" w:space="5" w:color="C2C2C2"/>
+                        <w:bottom w:val="dashed" w:sz="6" w:space="5" w:color="C2C2C2"/>
+                        <w:right w:val="dashed" w:sz="6" w:space="5" w:color="C2C2C2"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
         <w:div w:id="1216114740">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="92476162">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="978268877">
@@ -6631,104 +5648,50 @@
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
                         <w:div w:id="798844833">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1152985209">
-[...52 lines deleted...]
-        </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1020283679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1285769073">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6740,50 +5703,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1396851122">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1498349872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1515456933">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1518499887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6877,51 +5853,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2018728176">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opiq.lt/Catalog" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.opiq.lt/Catalog" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7165,52 +6141,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="685e1eec-3118-4871-913e-394632edf45d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="743dc060-77e0-4a30-bc86-7396a9a28bd4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x01010099965674FFF0294FA7F5D70FBD3CC9CB" ma:contentTypeVersion="18" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="e941b78a66f8be67cb72ed2643cd4c70">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="685e1eec-3118-4871-913e-394632edf45d" xmlns:ns3="743dc060-77e0-4a30-bc86-7396a9a28bd4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d202f6120fd9f226f482a75c716d130e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x01010099965674FFF0294FA7F5D70FBD3CC9CB" ma:contentTypeVersion="18" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="1e2debdbda9934a6517b68ed0cd28a5e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="685e1eec-3118-4871-913e-394632edf45d" xmlns:ns3="743dc060-77e0-4a30-bc86-7396a9a28bd4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a6713e30f44e3a7cb34831f7bc86c0d4" ns2:_="" ns3:_="">
     <xsd:import namespace="685e1eec-3118-4871-913e-394632edf45d"/>
     <xsd:import namespace="743dc060-77e0-4a30-bc86-7396a9a28bd4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -7427,119 +6403,104 @@
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F266BEAE-B068-4139-BC1E-78B93F89507F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="685e1eec-3118-4871-913e-394632edf45d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="743dc060-77e0-4a30-bc86-7396a9a28bd4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="685e1eec-3118-4871-913e-394632edf45d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C74AB48-D163-4C91-BECB-D7F837A163F0}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33C6A8F4-5576-4058-84E9-E9E18D0F2568}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE03E21E-AF40-457C-A908-70DF95438031}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2177</Words>
-  <Characters>1241</Characters>
+  <Words>2121</Words>
+  <Characters>1210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3412</CharactersWithSpaces>
+  <CharactersWithSpaces>3325</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Administratore</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010099965674FFF0294FA7F5D70FBD3CC9CB</vt:lpwstr>